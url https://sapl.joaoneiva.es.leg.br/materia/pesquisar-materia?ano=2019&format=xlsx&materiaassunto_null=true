--- v0 (2026-02-04)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1556" uniqueCount="788">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1796" uniqueCount="882">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2376,50 +2376,365 @@
     <t>Proposta de Emenda LOM</t>
   </si>
   <si>
     <t>Geraldo Fávaro, Júnior Deambrósio, Marcelo Campostrini, Matheus Moraes dos Santos</t>
   </si>
   <si>
     <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/559/003-2019-vereadores_diversos-lom.pdf</t>
   </si>
   <si>
     <t>Altera o art. 10 da Lei Orgânica Municipal de João Neiva</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Veto a Proposta de Emenda</t>
   </si>
   <si>
     <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/622/veto_parcial-_proposta_de_emenda_003_que_modific_TiES396.pdf</t>
   </si>
   <si>
     <t>Veto Parcial a proposta de Emenda nº 003/2019, que modifica disposições do Projeto de Lei nº 1.712/2019</t>
+  </si>
+  <si>
+    <t>2874</t>
+  </si>
+  <si>
+    <t>Of Ve</t>
+  </si>
+  <si>
+    <t>Ofício Vereadores</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2874/n_002-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Administração Municipal a realização de reparos e manutenção na Unidade de Saúde do Bairro Floresta, visando melhorar as condições de atendimento e a qualidade dos serviços prestados à população.</t>
+  </si>
+  <si>
+    <t>2875</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2875/n_004-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a viabilização da instalação de semáforo no trevo de acesso ao Bairro Cohab, na BR-101, no Município de João Neiva, visando garantir maior segurança no trânsito e reduzir o risco de acidentes.</t>
+  </si>
+  <si>
+    <t>2876</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2876/n_010-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Secretaria Municipal a fiscalização e apuração de irregularidades relacionadas à permanência de gado nas estradas vicinais do Município de João Neiva, em descumprimento à legislação municipal, visando garantir a segurança dos usuários e prevenir acidentes.</t>
+  </si>
+  <si>
+    <t>2877</t>
+  </si>
+  <si>
+    <t>Matheus Moraes dos Santos</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2877/n_012-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Secretaria Municipal de Educação informações sobre a existência de projeto de prevenção de incêndios nas escolas da rede pública municipal, bem como sobre a implementação de medidas de segurança, especialmente saídas de emergência.</t>
+  </si>
+  <si>
+    <t>2878</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2878/n_013-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a execução de serviços para correção da constante falta de água nos Bairros Cohab, São Carlos I e São Carlos II, em razão de possíveis problemas na rede adutora.</t>
+  </si>
+  <si>
+    <t>2879</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2879/n_015-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações à Secretaria Municipal de Obras sobre a realização da coleta seletiva de lixo no Município, incluindo bairros atendidos, horários, forma de execução e evolução da adesão da população.</t>
+  </si>
+  <si>
+    <t>2880</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2880/n_016-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à EDP Escelsa a realização de reunião, em caráter de urgência, para tratar das constantes quedas e interrupções no fornecimento de energia elétrica, da falta de manutenção da rede e da ausência de poda preventiva de árvores no Município de João Neiva._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores:  Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos e Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2881</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos ao Poder Executivo acerca do não pagamento do Piso Salarial Profissional Nacional aos Agentes Comunitários de Saúde no âmbito do Município de João Neiva-ES._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2882</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2882/n_018-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo a regulamentação da Lei Municipal nº 2.504/2013, que dispõe sobre a concessão de gratuidade no transporte público municipal para gestantes no Município de João Neiva-ES.</t>
+  </si>
+  <si>
+    <t>2883</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2883/n_019-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo, em caráter de urgência, a realização de poda de árvores no Município de João Neiva-ES, em razão dos riscos à segurança da população, especialmente quanto a curtos-circuitos na rede elétrica.</t>
+  </si>
+  <si>
+    <t>2884</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2884/n_020-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo, em caráter de urgência, que providencie junto à Concessionária ECO 101 a manutenção paliativa, com aplicação de cascalho (rejeito asfáltico), em via paralela à BR 101, no trecho entre a oficina Sinoca e a propriedade da família Detogni, no Município de João Neiva-ES.</t>
+  </si>
+  <si>
+    <t>2885</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2885/n_022-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo especial atenção quanto à manutenção dos serviços de iluminação pública e à poda de árvores no perímetro urbano do Município de João Neiva-ES, em razão das constantes reclamações da população e da prestação deficitária desses serviços.</t>
+  </si>
+  <si>
+    <t>2886</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2886/n_023-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Municipalidade a adoção de providências para o controle da infestação de pernilongos nas imediações da EMEI “Deputado Nilzo Plazzi”, em razão dos riscos à saúde, registros de casos de dengue e prejuízos ao desempenho escolar dos alunos.</t>
+  </si>
+  <si>
+    <t>2887</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2887/n_025-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos ao Poder Executivo sobre o Projeto de Lei nº 1.700/19, especialmente quanto aos impactos nas decisões judiciais favoráveis aos servidores, critérios de pagamento de precatórios, previsão orçamentária, diálogo com os credores e garantias legais relacionadas aos créditos reconhecidos judicialmente.</t>
+  </si>
+  <si>
+    <t>2888</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2888/n_026-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o comparecimento de representante de entidade filantrópica à Sessão Ordinária da Câmara Municipal, para uso da Tribuna Livre, a fim de prestar esclarecimentos sobre a aplicação de recursos públicos recebidos do Município._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2889</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2889/n_027-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que empreenda esforços junto à Concessionária ECO 101, ao DNIT e à ANTT para viabilizar a instalação de semáforo no trevo da BR-101 que dá acesso aos Bairros Cohab, São Carlos I e II e ao centro da cidade, visando garantir maior segurança no tráfego e na travessia de veículos.</t>
+  </si>
+  <si>
+    <t>2890</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2890/n_030-2019.pdf</t>
+  </si>
+  <si>
+    <t>Requer o comparecimento do Diretor do Hospital e Maternidade Sagrado Coração de Maria e do Presidente da Associação de Beneficência e Cultura para reunião destinada a prestar esclarecimentos sobre a aplicação de recursos públicos e a atual gestão da entidade._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2891</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2891/n_031-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita apoio para indicação de Emenda Parlamentar destinada à reforma da EMPEIF Cavalinho, em razão do precário estado de conservação da unidade e da importância para a segurança e continuidade do atendimento educacional da comunidade.</t>
+  </si>
+  <si>
+    <t>2892</t>
+  </si>
+  <si>
+    <t>Mario Reali</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2892/n_032-2019.pdf</t>
+  </si>
+  <si>
+    <t>Convida autoridade para comparecimento à Sessão Ordinária, a fim de prestar esclarecimentos sobre o cumprimento da Lei Municipal nº 3.103/2018, no uso da Tribuna Livre._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Mário Henrique Marim Reali, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2893</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2893/n_033-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a viabilização de emenda parlamentar no valor de R$ 20.000,00, destinada ao custeio da Associação Pestalozzi de João Neiva-ES.</t>
+  </si>
+  <si>
+    <t>2894</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2894/n_034-2019.pdf</t>
+  </si>
+  <si>
+    <t>Convida o Prefeito Municipal para reunião na Câmara Municipal, com a finalidade de tratar de assuntos de interesse público relacionados ao Fórum de João Neiva.</t>
+  </si>
+  <si>
+    <t>2895</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2895/n_035-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a viabilização de calçamento nas ruas do Bairro Alvorada, visando melhorar as condições de trafegabilidade, segurança e qualidade de vida dos moradores.</t>
+  </si>
+  <si>
+    <t>2896</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2896/n_036-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita apuração de denúncias sobre possível reprodução de prova e uso de questões não inéditas no Concurso Público do Município de João Neiva – Edital nº 002/19, especialmente para o cargo de Analista Público Administrativo.</t>
+  </si>
+  <si>
+    <t>2897</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2897/n_037-2019.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta posicionamento pela manutenção do projeto original de revitalização do Centro de João Neiva, visando evitar atrasos, aumento de custos e garantir o maior número possível de vagas de estacionamento, em atendimento aos interesses da população e do comércio local._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2898</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2898/n_038-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos sobre o andamento do Projeto de Revitalização do Polo Industrial, em razão da precariedade da infraestrutura local, visando melhorar as condições de acesso, iluminação e desenvolvimento das atividades empresariais no Município.</t>
+  </si>
+  <si>
+    <t>2899</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2899/n_039-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Viação Águia Branca o retorno dos itinerários João Neiva/Colatina e Colatina/João Neiva, com acesso às localidades de Cavalinho e Acioli, em razão dos transtornos causados à população local pela supressão das linhas de transporte coletivo._x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2900</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2900/n_040-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre a previsão de início das obras do trevo de acesso ao Bairro Cohab, na BR-101, no Município de João Neiva, bem como sobre a construção do viaduto previsto para o local.</t>
+  </si>
+  <si>
+    <t>2901</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2901/n_041-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Viação Águia Branca o retorno dos itinerários João Neiva/Linhares, com atendimento às localidades de Cristal, Ribeirão de Cima e Guaraná, especialmente no horário das 17h10, em razão dos prejuízos causados à população._x000D_
+_x000D_
+_x000D_
+_x000D_
+_x000D_
+Autores: Waldemar José De Barros, Ademir Costa, Ademir Fagundes Deambrosio (junior), Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Adão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2902</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2902/n_043-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita orientação aos responsáveis pela coleta de resíduos sólidos quanto à realização do procedimento de compactação do lixo em locais adequados, a fim de evitar o vazamento de chorume e o mau cheiro nas ruas e avenidas do Município.</t>
+  </si>
+  <si>
+    <t>2903</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2903/n044-2019.pdf</t>
+  </si>
+  <si>
+    <t>Solicita intervenção junto à EDP Escelsa e demais órgãos responsáveis para a realização de poda de eucaliptos e manutenção da rede elétrica no trecho da BR-259, entre os Kms 6 e 7, visando prevenir riscos de acidentes e interrupção no fornecimento de energia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2723,63 +3038,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/566/processo_tcees_prestacao_contas_pmjn_2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/563/processo_tcees_prestacao_contas_pmjn_2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/581/processo_tcees_contas_pmjn_2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/603/processo_tcees-contas_pmjn_exerc_2015_20190918_1_pSEriyq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/444/pdl01-19-ferias_prefeito-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/579/proj._de_dec._leg._002-2019-_prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/580/proj._de_decreto_leg._003-2019-_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_decreto_legislativo_004-2019-contas_p_Z21QxB3.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_decreto_legislativo_no_005-2019_-_rej_S7nwrFL.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_decreto_legislativo_006-2019_000096.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/452/263-2019_-_renan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/489/264-2019_-_altera_atribuicoes_contador.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/494/265-2019_-_altera_area_de_formacao_controlador.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/500/266-19-geraldo-cid-luiz_francisco_de_oliveira-ot_9u3wv3T.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/503/269-19-geraldo-hm-claudionor_do_nascimento-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/504/270-19-geraldo-hm-maria_auxiliadora_favaro_pando_46lMmF3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/505/271-19-geraldo-hm-maria_jose_grippa-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/506/272-19-glauber-cid-jose_herminio_de_souza-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/507/273-19-glauber-hm-antonio_jose_giacomin-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/509/275-19-glauber-hm-genario_pandolfi-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/510/276-19-glauber-hm-gilson_s_lopes_filho-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/511/277-19-glauber-hm-srta._renata_ruy_de_angeli-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/512/278-19-junior-cid-carlos_andre_franca_de_souza-o_Os6Oq49.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/513/279-19-junior-cid-celita_aparecida_viana-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/514/280-19-junior-hm-getulio_delunardo-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/515/281-19-kaka-hm-dr._clemilditon_alves_de_oliveira_vPxOsxd.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/516/282-19-laerte-cid-daniel_cordeiro-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/517/283-19-laerte-cid-rosalina_da_silva_sabaini-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/518/284-19-laerte-cid-ubirajara_azevedo-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/519/285-19-laerte-hm-dr._gedeon-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/520/286-19-laerte-hm-halpher_luiggi_monico_rosa-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/521/287-19-laerte-hm-subtenente_silvana-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/522/288-19-marcelo-cid-dantas_campostrini_vieira-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/523/289-19-marcelo-cid-laercio_campostrini_de_souza-_ueg39tX.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/524/290-19-marcelo-cid-paulo_henrique_bobbio-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/525/291-19-marcelo-hm-cristiano_da_ros_rosa-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/526/292-19-marcelo-hm-isabella_morellato_carlesso_sp_0INNI3P.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/527/293-19-mario-cid-_fabiano_contarato_-_senador-ot_qHDs8Bx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/528/294-19-mario-cid-_junior_abreu_-_sec_sesport-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/529/295-19-mario-cid-_ted_conti_-_dep_federal-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/530/296-19-renan-cid-claudia_lucia_dos_santos_de_bor_1X2Rfgs.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/531/297-19-renan-cid-maria_luzinete_cararetto-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/532/298-19-renan-hm-hermenegildo_cerri-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/533/299-19-renan-hm-lucineia_carrara_gallo-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/534/300-19-renan-hm-nubia_do_carmo_carlesso-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/535/301-19-renan-hm-rosa_virginia_cerri-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/536/302-19-waldemar-cid-albertina_de_barros_cozer-ot_g3cdEjI.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/537/303-19-waldemar-cid-cleber_felix-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/538/305-19-waldemar-cid-renzo_vascolncelos_deputado__HM49BAj.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/539/305-19-waldemar-cid-renzo_vascolncelos_deputado__XpfOBWx.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/540/306-19-waldemar-hm-alessandro_barros_gomes-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/541/307-19-waldemar-hm-ueder_de_barros_monfardini-ot_6BJiDy7.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/551/308-2019-mario-denomina_quadra_acioli-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/572/310-2019-kaka-horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/612/pl_cmjn_311-2019-denominacao_de_atendimento_saud_qE7sb4J.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/448/pl_1.679-2019-abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/449/pl_1.680-2019-abertura_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/450/pl_1.681-19_-_incentivo_p_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/451/pl_1.682-19_-altera_lei_municipal_2.954-17.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/472/pl_1.683-2019-abertura_de_credito_adicional_espe_TszTmUT.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/473/pl_1.684-2019-abertura_de_credito_adicional_espe_zDPooJm.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/475/pl_1.685-2019-altera_carga_horaria_veterinario_e_L5WmDC8.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/476/pl_1686-2019-proder.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/480/pl_1687-2019-altera_lei_3039-18-operacao_credito_CpbZokY.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/495/pl_1690-2019-abertura_credito_adic_especial-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/497/pl_1692-2019-ldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/542/pl_1.693-2019-credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/543/pl_1.694-2018-altera_estrutura_ad.pmjn_lei_1.138-2001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/544/pl_1.695-2019-altera_anexo_unico_da_lei_munic_1.886-2007.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/545/pl_1.696-2019-contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/548/pl_1.697-2019-criacao_cargo_esf.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/552/pl_1.698-2019_altera_lei_3027-17-inclusao_no_ppa_TyDrYjW.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/553/pl_1.699-2019-abertura_cred._ad._especial.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/557/pl_1.700-2019_-obrigacoes_de_pequeno_valor_para__IwSncq3.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/560/pl_1.701-2019_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/561/pl_1702-2019_abertura_cred_adic_espec.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/564/pl_1.703-2019_abert_cred_adic_suplementar_no_orc_xPkes6z.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/569/pl_1.704-2019-consorcio_cointer.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/570/pl_1705-2019-dispoe_sobre_a_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/582/projeto_de_lei_n_1.706-2019-_abertura_de_credito_Peik50C.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/584/proj._lei_1.708-2019_-_modifica_plano_carreira_ipsjon.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_1.709-2019-_abertura_de_credito_a_uNPX0vQ.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/586/projeto_de_lei_1.710-2019_abertura_de_credito_ad_BwemZLK.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/592/pl_1.711-2019-alteracao_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/594/projeto_de_lei_no1.712-2019-_plano_municipal_de__fiyFL2C.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/595/projeto_de_lei_no1.713-2019altera_anexo_ii_regul_qcsgGfC.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/599/proj._de_lei_no1.714-2019-abertura_de_credito_ad_sVQfNwm.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/600/pl_1.715-2019-altera_descricao_do_cargo_de_procurador.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_no1.716-2019-_abertura_de_credito_qvBNA4h.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/605/pl_1.717-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/606/pl_1718-2019_20190924_135524_000074.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/607/pl_1719-2019_20190924_165400_000075.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/611/pl_1.720-2019-aditivo_vlr_convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/616/pl_1.721-2019-regulamentacao_concessao_beneficio_L7fHINC.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/619/projeto_de_lei_1.723-2019-_dosimetria_das_multas_UHeNpYD.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_1.724-2019_-_taxas_de_licenciamen_rAqEPc3.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/624/projeto_de_lei_no1.725-2019_-_autoriza_o_executivo_a_conceder_bolsa_de_formacao_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/632/projeto_de_lei_no1.726-2019_-_autorizacao_repasse_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/633/projeto_de_lei_no_1.727-2019_-_autorizacao_construcao_de_redutores_de_velocidade_na_rota_caminhos_do_campo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/634/projeto_de_lei_no_1.728-2019_-_gratificacao_profissionais_esf_floresta.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/635/projeto_de_lei_no_1.729-2019_-_incentivo_a_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/636/projeto_de_lei_no_1.730-2019_-_altera_art._2o_da_lei_municipal_2.120-09.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/637/projeto_de_lei_no_1.731-2019_-_abertura_de_credito_adicional_especial__no_orcamento_de_2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/638/pl_1.732-2019-institui_cadastro_ambiental_e_taxa_de_controle.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/639/pl_1.733-2019-convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/640/pl_1.734-2019-abono_natalino_educacao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/477/001-19_-_calendario.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/565/002-2019-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/471/01-19_-kaka_-_pl_cmjn_263-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/604/02-19_-_pl_1707-2019_-_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/615/03-_19_-_pl_1712_saneamento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/453/001-19-ademir_-_semaforo_bairro_cohab_rpGCkZ4.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/454/002-19-ademir-reiterar_rqto_077-2018_corrimao_ri_XILrFx1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/455/003-19-ademir-_faixa_pedestre_gtRmF2a.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/456/004-19-ademir-reiterar_rqto_080-2017_substituica_zgls97j.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/457/005-19-ademir-_extensao_rede_rua_cohab_-_retera__ieBGn9P.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/458/006-19-ademir_-_quebra-mola_lateral_br101_-_rete_s1QYldG.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/470/007-19-ademir_-_placa_de_proibido_estacionar_per_WpkXbvw.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/459/008-19-renan-calcamento_rua_S2XzEui.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/460/009-19-renan-nivelamento_rua_qox0moN.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/461/010-19-renan-quebra_mola_CzyDH5z.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/462/011-19-kaka-_faixa_pedestre_m_libano.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/463/012-19-kaka-_passarela_ponte_eS2FCeu.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/464/013-19-marcelo-_descida_contramao_escolas_15JBZCC.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/465/014-19-marcelo-_marcacao_e_palca_de_estacionamen_VY842CF.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/466/015-19-marcelo-_poda_de_arvores_-_magueirinha_e__RtlWlBA.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/467/016-19-ademir-reiterar_037-18_-_cemiterio_cavali_Ws5lIY0.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/468/017-19-ademir-reiterar_rqto_030-18-plantio_de_ar_rz2tbh7.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/469/018-19-ademir-pintura_faixa_pedestre_br_101_EOy6JkD.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/474/019-19-ademirtodos-eco_101-abrigo_caboclo_bernardo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/478/020-19-renan-dedetizacao_do_cemiterio_S05ZyPu.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/479/021-19-renan-mao_unica_rua_silvino_mattos_ol0AHIS.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/481/022-19-waldemar-ruas_jatobas_qvG3Tve.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/482/023-19-waldemar-academir_popular_floresta_CPtfqsw.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/483/024-19-renan-_faixa_-_reinterar_107-17_V3MDd9Q.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/484/025-19-renan-_vagas_estacionamento_farm_popular_i1qkXha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/485/026-19-renan-_cacamento_rua_manobrinha_x_helio_g_VZ0vHfz.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/486/027-19_-_renan-_calcamento_da_rua_das_marcanaiba_gVugVWe.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/487/028-19-renan_e_waldemar_-_manutencao_de_ruas_no__ukkuaxX.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/488/029-19-kaka-iluminacao_publica_nas_brs_101_e_259_5l9PQCb.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/492/030-19-kaka-casa_do_artesao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/493/031-19-waldemar-academia_popular_centro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/498/032-19-marcelo-_calcamento_rua_lucia_cometti_6PItJEN.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/499/033-19-kaka-calcamento_rua_sinoca_NRO9mon.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/546/034-19-glauber-reforma_centro_odontologico_M93mmJd.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/547/035-19-ademir-placa_nao_existe_quebra_molas_cohab.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/549/036-19-kaka-redutores_tabeliao_alfr._almeida.doc_yAZwDKS.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/550/037-19-geraldo-_alargamento_da_rua_pierina_pesso_cG3cIWW.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/554/038-19-mario-iluminacao_publica_entrada_acioli-o_nZgDePl.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/556/040-19-marcelo-limpeza_bueiro_sto_afonso-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/562/042-19-glauber-limpeza_rio_prox_v_nova_baixo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/567/043-19-ademir-placa_60km_av.helio_guasti.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/573/045-19-renan-limpeza_corrego_do_bairro_cristal.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/574/046-19-kaka-pista_motocross.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/575/047-19-kaka-psicologo_na_escola.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/576/048-19-renan-reforma_da_quadra_do_bairro_cristal.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/577/req._049-2019_ademir-_troca_poste_cohab.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/578/req._050-2019_kaka-_bancos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/587/051-19-marcelo-corte_definitivo_de_murtas.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/588/052-19-marcelo-reforma_do_predio_empeif_cavalinho.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/589/053-19-ademir-manutencao_calcamento_av._central_-cohab.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/590/054-19-ademir-vistoria_noturna_para_levantamento_jTgKdOb.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/591/cco_000030.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/593/056-2019-laerte-calcamento_patio_pm.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/596/057-19-kaka-conservacao_rua_em_cavalinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/597/058-19-kaka-substituicao_poste_monte_libano.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/608/requerimento_061-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/609/requerimento_cmjn_062-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/610/requerimento_cmjn_063-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/614/065-2019-marcelo_000095.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/623/requerimento_cmjn_066-2019_000098.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/626/requerimento_067-2019_000108.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/627/requerimento_068-2019_000109.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/628/requerimento_069-2019_000110.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/629/requerimento_cmjn_070-2019_000099.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/630/requerimento_cmjn_071-2019_000100.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/631/requerimento_cmjn_072-2019_000101.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/559/003-2019-vereadores_diversos-lom.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/622/veto_parcial-_proposta_de_emenda_003_que_modific_TiES396.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/566/processo_tcees_prestacao_contas_pmjn_2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/563/processo_tcees_prestacao_contas_pmjn_2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/581/processo_tcees_contas_pmjn_2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/603/processo_tcees-contas_pmjn_exerc_2015_20190918_1_pSEriyq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/444/pdl01-19-ferias_prefeito-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/579/proj._de_dec._leg._002-2019-_prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/580/proj._de_decreto_leg._003-2019-_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_decreto_legislativo_004-2019-contas_p_Z21QxB3.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_decreto_legislativo_no_005-2019_-_rej_S7nwrFL.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_decreto_legislativo_006-2019_000096.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/452/263-2019_-_renan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/489/264-2019_-_altera_atribuicoes_contador.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/494/265-2019_-_altera_area_de_formacao_controlador.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/500/266-19-geraldo-cid-luiz_francisco_de_oliveira-ot_9u3wv3T.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/503/269-19-geraldo-hm-claudionor_do_nascimento-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/504/270-19-geraldo-hm-maria_auxiliadora_favaro_pando_46lMmF3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/505/271-19-geraldo-hm-maria_jose_grippa-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/506/272-19-glauber-cid-jose_herminio_de_souza-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/507/273-19-glauber-hm-antonio_jose_giacomin-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/509/275-19-glauber-hm-genario_pandolfi-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/510/276-19-glauber-hm-gilson_s_lopes_filho-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/511/277-19-glauber-hm-srta._renata_ruy_de_angeli-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/512/278-19-junior-cid-carlos_andre_franca_de_souza-o_Os6Oq49.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/513/279-19-junior-cid-celita_aparecida_viana-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/514/280-19-junior-hm-getulio_delunardo-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/515/281-19-kaka-hm-dr._clemilditon_alves_de_oliveira_vPxOsxd.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/516/282-19-laerte-cid-daniel_cordeiro-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/517/283-19-laerte-cid-rosalina_da_silva_sabaini-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/518/284-19-laerte-cid-ubirajara_azevedo-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/519/285-19-laerte-hm-dr._gedeon-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/520/286-19-laerte-hm-halpher_luiggi_monico_rosa-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/521/287-19-laerte-hm-subtenente_silvana-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/522/288-19-marcelo-cid-dantas_campostrini_vieira-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/523/289-19-marcelo-cid-laercio_campostrini_de_souza-_ueg39tX.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/524/290-19-marcelo-cid-paulo_henrique_bobbio-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/525/291-19-marcelo-hm-cristiano_da_ros_rosa-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/526/292-19-marcelo-hm-isabella_morellato_carlesso_sp_0INNI3P.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/527/293-19-mario-cid-_fabiano_contarato_-_senador-ot_qHDs8Bx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/528/294-19-mario-cid-_junior_abreu_-_sec_sesport-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/529/295-19-mario-cid-_ted_conti_-_dep_federal-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/530/296-19-renan-cid-claudia_lucia_dos_santos_de_bor_1X2Rfgs.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/531/297-19-renan-cid-maria_luzinete_cararetto-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/532/298-19-renan-hm-hermenegildo_cerri-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/533/299-19-renan-hm-lucineia_carrara_gallo-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/534/300-19-renan-hm-nubia_do_carmo_carlesso-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/535/301-19-renan-hm-rosa_virginia_cerri-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/536/302-19-waldemar-cid-albertina_de_barros_cozer-ot_g3cdEjI.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/537/303-19-waldemar-cid-cleber_felix-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/538/305-19-waldemar-cid-renzo_vascolncelos_deputado__HM49BAj.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/539/305-19-waldemar-cid-renzo_vascolncelos_deputado__XpfOBWx.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/540/306-19-waldemar-hm-alessandro_barros_gomes-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/541/307-19-waldemar-hm-ueder_de_barros_monfardini-ot_6BJiDy7.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/551/308-2019-mario-denomina_quadra_acioli-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/572/310-2019-kaka-horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/612/pl_cmjn_311-2019-denominacao_de_atendimento_saud_qE7sb4J.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/448/pl_1.679-2019-abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/449/pl_1.680-2019-abertura_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/450/pl_1.681-19_-_incentivo_p_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/451/pl_1.682-19_-altera_lei_municipal_2.954-17.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/472/pl_1.683-2019-abertura_de_credito_adicional_espe_TszTmUT.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/473/pl_1.684-2019-abertura_de_credito_adicional_espe_zDPooJm.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/475/pl_1.685-2019-altera_carga_horaria_veterinario_e_L5WmDC8.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/476/pl_1686-2019-proder.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/480/pl_1687-2019-altera_lei_3039-18-operacao_credito_CpbZokY.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/495/pl_1690-2019-abertura_credito_adic_especial-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/497/pl_1692-2019-ldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/542/pl_1.693-2019-credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/543/pl_1.694-2018-altera_estrutura_ad.pmjn_lei_1.138-2001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/544/pl_1.695-2019-altera_anexo_unico_da_lei_munic_1.886-2007.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/545/pl_1.696-2019-contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/548/pl_1.697-2019-criacao_cargo_esf.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/552/pl_1.698-2019_altera_lei_3027-17-inclusao_no_ppa_TyDrYjW.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/553/pl_1.699-2019-abertura_cred._ad._especial.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/557/pl_1.700-2019_-obrigacoes_de_pequeno_valor_para__IwSncq3.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/560/pl_1.701-2019_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/561/pl_1702-2019_abertura_cred_adic_espec.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/564/pl_1.703-2019_abert_cred_adic_suplementar_no_orc_xPkes6z.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/569/pl_1.704-2019-consorcio_cointer.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/570/pl_1705-2019-dispoe_sobre_a_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/582/projeto_de_lei_n_1.706-2019-_abertura_de_credito_Peik50C.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/584/proj._lei_1.708-2019_-_modifica_plano_carreira_ipsjon.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_1.709-2019-_abertura_de_credito_a_uNPX0vQ.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/586/projeto_de_lei_1.710-2019_abertura_de_credito_ad_BwemZLK.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/592/pl_1.711-2019-alteracao_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/594/projeto_de_lei_no1.712-2019-_plano_municipal_de__fiyFL2C.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/595/projeto_de_lei_no1.713-2019altera_anexo_ii_regul_qcsgGfC.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/599/proj._de_lei_no1.714-2019-abertura_de_credito_ad_sVQfNwm.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/600/pl_1.715-2019-altera_descricao_do_cargo_de_procurador.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_no1.716-2019-_abertura_de_credito_qvBNA4h.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/605/pl_1.717-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/606/pl_1718-2019_20190924_135524_000074.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/607/pl_1719-2019_20190924_165400_000075.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/611/pl_1.720-2019-aditivo_vlr_convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/616/pl_1.721-2019-regulamentacao_concessao_beneficio_L7fHINC.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/619/projeto_de_lei_1.723-2019-_dosimetria_das_multas_UHeNpYD.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_1.724-2019_-_taxas_de_licenciamen_rAqEPc3.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/624/projeto_de_lei_no1.725-2019_-_autoriza_o_executivo_a_conceder_bolsa_de_formacao_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/632/projeto_de_lei_no1.726-2019_-_autorizacao_repasse_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/633/projeto_de_lei_no_1.727-2019_-_autorizacao_construcao_de_redutores_de_velocidade_na_rota_caminhos_do_campo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/634/projeto_de_lei_no_1.728-2019_-_gratificacao_profissionais_esf_floresta.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/635/projeto_de_lei_no_1.729-2019_-_incentivo_a_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/636/projeto_de_lei_no_1.730-2019_-_altera_art._2o_da_lei_municipal_2.120-09.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/637/projeto_de_lei_no_1.731-2019_-_abertura_de_credito_adicional_especial__no_orcamento_de_2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/638/pl_1.732-2019-institui_cadastro_ambiental_e_taxa_de_controle.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/639/pl_1.733-2019-convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/640/pl_1.734-2019-abono_natalino_educacao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/477/001-19_-_calendario.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/565/002-2019-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/471/01-19_-kaka_-_pl_cmjn_263-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/604/02-19_-_pl_1707-2019_-_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/615/03-_19_-_pl_1712_saneamento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/453/001-19-ademir_-_semaforo_bairro_cohab_rpGCkZ4.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/454/002-19-ademir-reiterar_rqto_077-2018_corrimao_ri_XILrFx1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/455/003-19-ademir-_faixa_pedestre_gtRmF2a.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/456/004-19-ademir-reiterar_rqto_080-2017_substituica_zgls97j.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/457/005-19-ademir-_extensao_rede_rua_cohab_-_retera__ieBGn9P.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/458/006-19-ademir_-_quebra-mola_lateral_br101_-_rete_s1QYldG.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/470/007-19-ademir_-_placa_de_proibido_estacionar_per_WpkXbvw.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/459/008-19-renan-calcamento_rua_S2XzEui.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/460/009-19-renan-nivelamento_rua_qox0moN.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/461/010-19-renan-quebra_mola_CzyDH5z.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/462/011-19-kaka-_faixa_pedestre_m_libano.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/463/012-19-kaka-_passarela_ponte_eS2FCeu.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/464/013-19-marcelo-_descida_contramao_escolas_15JBZCC.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/465/014-19-marcelo-_marcacao_e_palca_de_estacionamen_VY842CF.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/466/015-19-marcelo-_poda_de_arvores_-_magueirinha_e__RtlWlBA.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/467/016-19-ademir-reiterar_037-18_-_cemiterio_cavali_Ws5lIY0.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/468/017-19-ademir-reiterar_rqto_030-18-plantio_de_ar_rz2tbh7.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/469/018-19-ademir-pintura_faixa_pedestre_br_101_EOy6JkD.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/474/019-19-ademirtodos-eco_101-abrigo_caboclo_bernardo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/478/020-19-renan-dedetizacao_do_cemiterio_S05ZyPu.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/479/021-19-renan-mao_unica_rua_silvino_mattos_ol0AHIS.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/481/022-19-waldemar-ruas_jatobas_qvG3Tve.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/482/023-19-waldemar-academir_popular_floresta_CPtfqsw.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/483/024-19-renan-_faixa_-_reinterar_107-17_V3MDd9Q.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/484/025-19-renan-_vagas_estacionamento_farm_popular_i1qkXha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/485/026-19-renan-_cacamento_rua_manobrinha_x_helio_g_VZ0vHfz.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/486/027-19_-_renan-_calcamento_da_rua_das_marcanaiba_gVugVWe.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/487/028-19-renan_e_waldemar_-_manutencao_de_ruas_no__ukkuaxX.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/488/029-19-kaka-iluminacao_publica_nas_brs_101_e_259_5l9PQCb.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/492/030-19-kaka-casa_do_artesao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/493/031-19-waldemar-academia_popular_centro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/498/032-19-marcelo-_calcamento_rua_lucia_cometti_6PItJEN.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/499/033-19-kaka-calcamento_rua_sinoca_NRO9mon.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/546/034-19-glauber-reforma_centro_odontologico_M93mmJd.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/547/035-19-ademir-placa_nao_existe_quebra_molas_cohab.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/549/036-19-kaka-redutores_tabeliao_alfr._almeida.doc_yAZwDKS.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/550/037-19-geraldo-_alargamento_da_rua_pierina_pesso_cG3cIWW.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/554/038-19-mario-iluminacao_publica_entrada_acioli-o_nZgDePl.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/556/040-19-marcelo-limpeza_bueiro_sto_afonso-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/562/042-19-glauber-limpeza_rio_prox_v_nova_baixo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/567/043-19-ademir-placa_60km_av.helio_guasti.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/573/045-19-renan-limpeza_corrego_do_bairro_cristal.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/574/046-19-kaka-pista_motocross.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/575/047-19-kaka-psicologo_na_escola.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/576/048-19-renan-reforma_da_quadra_do_bairro_cristal.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/577/req._049-2019_ademir-_troca_poste_cohab.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/578/req._050-2019_kaka-_bancos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/587/051-19-marcelo-corte_definitivo_de_murtas.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/588/052-19-marcelo-reforma_do_predio_empeif_cavalinho.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/589/053-19-ademir-manutencao_calcamento_av._central_-cohab.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/590/054-19-ademir-vistoria_noturna_para_levantamento_jTgKdOb.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/591/cco_000030.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/593/056-2019-laerte-calcamento_patio_pm.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/596/057-19-kaka-conservacao_rua_em_cavalinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/597/058-19-kaka-substituicao_poste_monte_libano.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/608/requerimento_061-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/609/requerimento_cmjn_062-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/610/requerimento_cmjn_063-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/614/065-2019-marcelo_000095.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/623/requerimento_cmjn_066-2019_000098.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/626/requerimento_067-2019_000108.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/627/requerimento_068-2019_000109.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/628/requerimento_069-2019_000110.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/629/requerimento_cmjn_070-2019_000099.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/630/requerimento_cmjn_071-2019_000100.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/631/requerimento_cmjn_072-2019_000101.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/559/003-2019-vereadores_diversos-lom.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/622/veto_parcial-_proposta_de_emenda_003_que_modific_TiES396.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2874/n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2875/n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2876/n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2877/n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2878/n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2879/n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2880/n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2882/n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2883/n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2884/n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2885/n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2886/n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2887/n_025-2019.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2888/n_026-2019.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2889/n_027-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2890/n_030-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2891/n_031-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2892/n_032-2019.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2893/n_033-2019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2894/n_034-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2895/n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2896/n_036-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2897/n_037-2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2898/n_038-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2899/n_039-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2900/n_040-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2901/n_041-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2902/n_043-2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2019/2903/n044-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H195"/>
+  <dimension ref="A1:H225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="179.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="180.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -7800,50 +8114,830 @@
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>783</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>29</v>
       </c>
       <c r="D195" t="s">
         <v>784</v>
       </c>
       <c r="E195" t="s">
         <v>785</v>
       </c>
       <c r="F195" t="s">
         <v>262</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>786</v>
       </c>
       <c r="H195" t="s">
         <v>787</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>788</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>36</v>
+      </c>
+      <c r="D196" t="s">
+        <v>789</v>
+      </c>
+      <c r="E196" t="s">
+        <v>790</v>
+      </c>
+      <c r="F196" t="s">
+        <v>162</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H196" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>793</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>45</v>
+      </c>
+      <c r="D197" t="s">
+        <v>789</v>
+      </c>
+      <c r="E197" t="s">
+        <v>790</v>
+      </c>
+      <c r="F197" t="s">
+        <v>501</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H197" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>796</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>532</v>
+      </c>
+      <c r="D198" t="s">
+        <v>789</v>
+      </c>
+      <c r="E198" t="s">
+        <v>790</v>
+      </c>
+      <c r="F198" t="s">
+        <v>137</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H198" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>799</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>25</v>
+      </c>
+      <c r="D199" t="s">
+        <v>789</v>
+      </c>
+      <c r="E199" t="s">
+        <v>790</v>
+      </c>
+      <c r="F199" t="s">
+        <v>800</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H199" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>803</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>542</v>
+      </c>
+      <c r="D200" t="s">
+        <v>789</v>
+      </c>
+      <c r="E200" t="s">
+        <v>790</v>
+      </c>
+      <c r="F200" t="s">
+        <v>137</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H200" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>806</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>550</v>
+      </c>
+      <c r="D201" t="s">
+        <v>789</v>
+      </c>
+      <c r="E201" t="s">
+        <v>790</v>
+      </c>
+      <c r="F201" t="s">
+        <v>800</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H201" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>809</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>554</v>
+      </c>
+      <c r="D202" t="s">
+        <v>789</v>
+      </c>
+      <c r="E202" t="s">
+        <v>790</v>
+      </c>
+      <c r="F202" t="s">
+        <v>188</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H202" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>812</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>558</v>
+      </c>
+      <c r="D203" t="s">
+        <v>789</v>
+      </c>
+      <c r="E203" t="s">
+        <v>790</v>
+      </c>
+      <c r="F203" t="s">
+        <v>188</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H203" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>814</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>562</v>
+      </c>
+      <c r="D204" t="s">
+        <v>789</v>
+      </c>
+      <c r="E204" t="s">
+        <v>790</v>
+      </c>
+      <c r="F204" t="s">
+        <v>119</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H204" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>817</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>566</v>
+      </c>
+      <c r="D205" t="s">
+        <v>789</v>
+      </c>
+      <c r="E205" t="s">
+        <v>790</v>
+      </c>
+      <c r="F205" t="s">
+        <v>162</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H205" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>820</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>571</v>
+      </c>
+      <c r="D206" t="s">
+        <v>789</v>
+      </c>
+      <c r="E206" t="s">
+        <v>790</v>
+      </c>
+      <c r="F206" t="s">
+        <v>162</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H206" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>823</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>579</v>
+      </c>
+      <c r="D207" t="s">
+        <v>789</v>
+      </c>
+      <c r="E207" t="s">
+        <v>790</v>
+      </c>
+      <c r="F207" t="s">
+        <v>188</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H207" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>826</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>583</v>
+      </c>
+      <c r="D208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E208" t="s">
+        <v>790</v>
+      </c>
+      <c r="F208" t="s">
+        <v>800</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H208" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>829</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>591</v>
+      </c>
+      <c r="D209" t="s">
+        <v>789</v>
+      </c>
+      <c r="E209" t="s">
+        <v>790</v>
+      </c>
+      <c r="F209" t="s">
+        <v>188</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H209" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>832</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>595</v>
+      </c>
+      <c r="D210" t="s">
+        <v>789</v>
+      </c>
+      <c r="E210" t="s">
+        <v>790</v>
+      </c>
+      <c r="F210" t="s">
+        <v>188</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H210" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>835</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>599</v>
+      </c>
+      <c r="D211" t="s">
+        <v>789</v>
+      </c>
+      <c r="E211" t="s">
+        <v>790</v>
+      </c>
+      <c r="F211" t="s">
+        <v>501</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H211" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>838</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>612</v>
+      </c>
+      <c r="D212" t="s">
+        <v>789</v>
+      </c>
+      <c r="E212" t="s">
+        <v>790</v>
+      </c>
+      <c r="F212" t="s">
+        <v>188</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H212" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>841</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>616</v>
+      </c>
+      <c r="D213" t="s">
+        <v>789</v>
+      </c>
+      <c r="E213" t="s">
+        <v>790</v>
+      </c>
+      <c r="F213" t="s">
+        <v>162</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H213" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>844</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>620</v>
+      </c>
+      <c r="D214" t="s">
+        <v>789</v>
+      </c>
+      <c r="E214" t="s">
+        <v>790</v>
+      </c>
+      <c r="F214" t="s">
+        <v>845</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H214" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>848</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>624</v>
+      </c>
+      <c r="D215" t="s">
+        <v>789</v>
+      </c>
+      <c r="E215" t="s">
+        <v>790</v>
+      </c>
+      <c r="F215" t="s">
+        <v>501</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H215" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>851</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>628</v>
+      </c>
+      <c r="D216" t="s">
+        <v>789</v>
+      </c>
+      <c r="E216" t="s">
+        <v>790</v>
+      </c>
+      <c r="F216" t="s">
+        <v>95</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H216" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>854</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>632</v>
+      </c>
+      <c r="D217" t="s">
+        <v>789</v>
+      </c>
+      <c r="E217" t="s">
+        <v>790</v>
+      </c>
+      <c r="F217" t="s">
+        <v>188</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H217" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>857</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>636</v>
+      </c>
+      <c r="D218" t="s">
+        <v>789</v>
+      </c>
+      <c r="E218" t="s">
+        <v>790</v>
+      </c>
+      <c r="F218" t="s">
+        <v>800</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H218" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>860</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>640</v>
+      </c>
+      <c r="D219" t="s">
+        <v>789</v>
+      </c>
+      <c r="E219" t="s">
+        <v>790</v>
+      </c>
+      <c r="F219" t="s">
+        <v>188</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H219" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>863</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>644</v>
+      </c>
+      <c r="D220" t="s">
+        <v>789</v>
+      </c>
+      <c r="E220" t="s">
+        <v>790</v>
+      </c>
+      <c r="F220" t="s">
+        <v>119</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="H220" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>866</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>648</v>
+      </c>
+      <c r="D221" t="s">
+        <v>789</v>
+      </c>
+      <c r="E221" t="s">
+        <v>790</v>
+      </c>
+      <c r="F221" t="s">
+        <v>188</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H221" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>869</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>651</v>
+      </c>
+      <c r="D222" t="s">
+        <v>789</v>
+      </c>
+      <c r="E222" t="s">
+        <v>790</v>
+      </c>
+      <c r="F222" t="s">
+        <v>501</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H222" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>872</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>873</v>
+      </c>
+      <c r="D223" t="s">
+        <v>789</v>
+      </c>
+      <c r="E223" t="s">
+        <v>790</v>
+      </c>
+      <c r="F223" t="s">
+        <v>188</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H223" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>876</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>659</v>
+      </c>
+      <c r="D224" t="s">
+        <v>789</v>
+      </c>
+      <c r="E224" t="s">
+        <v>790</v>
+      </c>
+      <c r="F224" t="s">
+        <v>162</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H224" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>879</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>663</v>
+      </c>
+      <c r="D225" t="s">
+        <v>789</v>
+      </c>
+      <c r="E225" t="s">
+        <v>790</v>
+      </c>
+      <c r="F225" t="s">
+        <v>501</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H225" t="s">
+        <v>881</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7998,50 +9092,80 @@
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>