--- v0 (2026-02-01)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1782" uniqueCount="763">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2086" uniqueCount="876">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2393,50 +2393,399 @@
     <t>https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI 1.595/2017</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO CÓDIGO MUNICIPAL DE MEIO AMBIENTE, A POLÍTICA MUNICIPAL DO MEIO AMBIENTE E O SISTEMA MUNICIPAL DE MEIO AMBIENTE</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t xml:space="preserve">Veto a PL </t>
   </si>
   <si>
     <t>https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO AO PL CMJN Nº 210/2017</t>
+  </si>
+  <si>
+    <t>2802</t>
+  </si>
+  <si>
+    <t>Of Ve</t>
+  </si>
+  <si>
+    <t>Ofício Vereadores</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2802/n_001-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações e documentos relativos à memória de cálculo do reajuste de 100% da tarifa de esgoto, concedido pelo Decreto Municipal nº 6.109/2016.</t>
+  </si>
+  <si>
+    <t>2803</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2803/n_003-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita doação de bolas de futsal e handebol produzidas pelo Projeto “Pintando a Liberdade” para atender escolas municipais e projeto social do Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2804</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2804/n_004-2017.pdf</t>
+  </si>
+  <si>
+    <t>Convite ao Secretário para participação em Sessão Ordinária, a fim de prestar esclarecimentos sobre a execução dos serviços de limpeza pública.</t>
+  </si>
+  <si>
+    <t>2805</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2805/n_005-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a disponibilização de assentos para melhor comodidade dos usuários da Agência Local dos Correios</t>
+  </si>
+  <si>
+    <t>2807</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2807/n_006-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Agência Regional dos Correios a disponibilização de assentos para os usuários da Agência do Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2808</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2808/n_007-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o envio de cópias de processos administrativos e documentos referentes aos contratos e pagamentos dos serviços de limpeza pública e coleta de galhos no Município.</t>
+  </si>
+  <si>
+    <t>2809</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2809/n_009-2017.pdf</t>
+  </si>
+  <si>
+    <t>Sugere o adiamento do comparecimento em Sessão Ordinária até a apresentação das informações solicitadas no Ofício nº 007/2017, visando otimizar o debate sobre a limpeza pública.</t>
+  </si>
+  <si>
+    <t>2810</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2810/n_010-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento de todos os processos de pagamento efetuados à empresa Fortaleza Ambiental, referentes ao Contrato Administrativo nº 009/2017, até a presente data.</t>
+  </si>
+  <si>
+    <t>2811</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2811/n_011-2017.pdf</t>
+  </si>
+  <si>
+    <t>Agradecimento pela doação de materiais esportivos produzidos pelo Projeto “Pintando a Liberdade”.</t>
+  </si>
+  <si>
+    <t>2812</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos ao SAAE sobre a execução e responsabilidade pelos serviços de ligação de água e esgoto, especialmente quanto à abertura de valas e à cobrança aos usuários.</t>
+  </si>
+  <si>
+    <t>2813</t>
+  </si>
+  <si>
+    <t>Encaminha indicação e solicita a destinação de emenda parlamentar para aquisição de veículos destinados à área da saúde do Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2814</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2814/n_015-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a análise da possibilidade de instalação de sistema de senhas na Agência dos Correios, visando melhor organização do atendimento aos usuários.</t>
+  </si>
+  <si>
+    <t>2815</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2815/n_016-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a doação de rede de proteção para o campo sintético do Bairro Floresta, no Município de João Neiva, visando maior segurança e comodidade aos moradores e usuários.</t>
+  </si>
+  <si>
+    <t>2816</t>
+  </si>
+  <si>
+    <t>Reitera solicitação de reforma da ponte localizada na Comunidade de Ribeirão de Cima, próxima à Igreja Católica, em razão de sua importância como via de tráfego.</t>
+  </si>
+  <si>
+    <t>2817</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2817/n_018-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos acerca da ausência de dispositivo no Projeto de Lei nº 1.595/17 referente à instituição do Fundo Municipal da Pessoa Idosa._x000D_
+_x000D_
+Autores: Luiz Carlos Adão (Kaká) e Ademir Costa.</t>
+  </si>
+  <si>
+    <t>2818</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2818/n_019-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o empenho na viabilização de recursos federais para a construção de barragem artificial destinada à ampliação da reserva hídrica do Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2819</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2819/n_020-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita cópia da prestação de contas da 11ª Mostra de Cultura e Agroturismo de Demétrio Ribeiro — “Itália Mia”, realizada em julho de 2017.</t>
+  </si>
+  <si>
+    <t>2820</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2820/n_021-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o agendamento de reunião com o Detran para discutir alterações no trânsito do centro de João Neiva, com a participação de representantes do comércio, lideranças comunitárias e vereadores.</t>
+  </si>
+  <si>
+    <t>2821</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2821/n_022-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos ao SAAE acerca da fundamentação legal do Edital nº 001/2017 do Processo Seletivo Público Simplificado, bem como sobre eventual necessidade de sua suspensão para adequações legais._x000D_
+_x000D_
+Autores: Renan Rossoni Pattuzzo, Glauber Tonon e Matheus Moraes dos Santos.</t>
+  </si>
+  <si>
+    <t>2822</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2822/n_023-2017.pdf</t>
+  </si>
+  <si>
+    <t>Requer prioridade e urgência na adoção de medidas para o fortalecimento da segurança pública no Município de João Neiva, em articulação com o Estado e a Polícia Militar._x000D_
+_x000D_
+Autores: Ademir Fagundes Deambrósio ( júnior), Ademir Costa, Glauber Tonon, João Geraldo Fávaro, Laerte Alves Liesner, Luiz Carlos Aão (kaká), Marcelo Almeida Campostrini, Mário Henrique Marim Reali, Matheus Moraes dos Santos, Renan Rossoni Pattuzzo e Waldemar José de Barros.</t>
+  </si>
+  <si>
+    <t>2823</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2823/n_024-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos acerca do prazo de validade e eventuais prorrogações do Processo Seletivo Público Simplificado nº 002/2016 realizado pelo SAAE.</t>
+  </si>
+  <si>
+    <t>2824</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2824/n_025-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a destinação de emenda parlamentar no valor aproximado de R$ 100.000,00 para investimentos em infraestrutura no Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2825</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2825/n_027-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos sobre a fundamentação normativa e os critérios de exoneração previstos no Projeto de Lei nº 1.606/2017, referente ao quantitativo de agentes de combate às endemias.</t>
+  </si>
+  <si>
+    <t>2826</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2826/n_028-2017.pdf</t>
+  </si>
+  <si>
+    <t>Reitera solicitação de esclarecimentos ao SAAE sobre a execução, cobrança e responsabilidade pelos serviços de ligação de água e esgoto.</t>
+  </si>
+  <si>
+    <t>2827</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2827/n_029-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a destinação de emenda parlamentar para aquisição de veículo destinado ao atendimento da Associação Pestalozzi de João Neiva.</t>
+  </si>
+  <si>
+    <t>2828</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2828/n_032-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a destinação de emenda parlamentar para aquisição de equipamentos esportivos e de lazer destinados à comunidade de Cavalinho, no Município de João Neiva._x000D_
+_x000D_
+Autores: Marcelo Almeida Campostrini e Matheus Moraes dos Santos.</t>
+  </si>
+  <si>
+    <t>2829</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2829/n_033-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a destinação de recursos federais, por meio de emenda parlamentar, para a construção de praça saudável no Bairro Cohab, no Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2830</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2830/n_035-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a destinação de emenda parlamentar no valor de R$ 400.000,00 para a construção de quadra poliesportiva no Bairro São Carlos I, no Município de João Neiva.</t>
+  </si>
+  <si>
+    <t>2831</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2831/n_036-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita manutenção e restauração do acesso ao Bairro Santa Luzia (Gadioli), no Município de João Neiva, visando melhorar a segurança e a fluidez do trânsito no local.</t>
+  </si>
+  <si>
+    <t>2832</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2832/n_039-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita intervenção da Municipalidade e do DETRAN-ES para regularização do tráfego e estacionamento na Rua César Devens, visando atender ao interesse coletivo e às empresas locais.</t>
+  </si>
+  <si>
+    <t>2833</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2833/n_041-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos à Secretaria Municipal de Obras sobre a responsabilidade pelos serviços de escavação e recomposição de vias públicas em reparos da rede de água e esgoto.</t>
+  </si>
+  <si>
+    <t>2834</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2834/n_042-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Concessionária de Rodovias a reinstalação de equipamentos de exercício e de sinalização na Avenida Hélio Guasti, visando atender aos praticantes de atividades físicas.</t>
+  </si>
+  <si>
+    <t>2835</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2835/n_043-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a lavagem das ruas e avenidas do centro de João Neiva, especialmente das Avenidas Presidente Vargas, Brasil e Negri Orestes, visando à melhoria da limpeza urbana.</t>
+  </si>
+  <si>
+    <t>2836</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2836/n_045-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a instalação de painel eletrônico com sistema de senhas na Agência dos Correios de João Neiva, visando organizar o atendimento e oferecer maior comodidade aos usuários.</t>
+  </si>
+  <si>
+    <t>2837</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2837/n_047-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao 5º Batalhão da Polícia Militar e à Polícia Civil a adoção de providências para ampliar e aprimorar os serviços de segurança pública no Município de João Neiva._x000D_
+_x000D_
+Autores: Ademir Fagundes Deambrosio e Renan Rossoni Pattuzzo.</t>
+  </si>
+  <si>
+    <t>2838</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2838/n_048-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à ANTT, ao DNIT e à ECO 101 a realização de estudo técnico para adequações no trecho urbano da BR-101 em João Neiva, visando melhorar os acessos aos estabelecimentos comerciais e conciliar segurança viária e desenvolvimento econômico.</t>
+  </si>
+  <si>
+    <t>2839</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2839/n_050-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à ANTT a implantação de semáforo, em substituição ao radar, no trevo de acesso entre o Centro de João Neiva e o Bairro Cohab, visando maior segurança na travessia da BR-101.</t>
+  </si>
+  <si>
+    <t>2840</t>
+  </si>
+  <si>
+    <t>https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2840/n_051-2017.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos ao SAAE sobre a exclusão do curso Técnico em Mecânica na pontuação do cargo de encanador no Processo Seletivo nº 002/17.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2740,63 +3089,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2802/n_001-2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2803/n_003-2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2804/n_004-2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2805/n_005-2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2807/n_006-2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2808/n_007-2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2809/n_009-2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2810/n_010-2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2811/n_011-2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2814/n_015-2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2815/n_016-2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2817/n_018-2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2818/n_019-2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2819/n_020-2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2820/n_021-2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2821/n_022-2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2822/n_023-2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2823/n_024-2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2824/n_025-2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2825/n_027-2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2826/n_028-2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2827/n_029-2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2828/n_032-2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2829/n_033-2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2830/n_035-2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2831/n_036-2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2832/n_039-2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2833/n_041-2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2834/n_042-2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2835/n_043-2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2836/n_045-2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2837/n_047-2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2838/n_048-2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2839/n_050-2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaoneiva.es.leg.br/media/sapl/public/materialegislativa/2017/2840/n_051-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H225"/>
+  <dimension ref="A1:H263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="88" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -8555,50 +8903,1038 @@
       <c r="H224" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>646</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>10</v>
       </c>
       <c r="D225" t="s">
         <v>759</v>
       </c>
       <c r="E225" t="s">
         <v>760</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>761</v>
       </c>
       <c r="H225" t="s">
         <v>762</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>763</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>10</v>
+      </c>
+      <c r="D226" t="s">
+        <v>764</v>
+      </c>
+      <c r="E226" t="s">
+        <v>765</v>
+      </c>
+      <c r="F226" t="s">
+        <v>93</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H226" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>768</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>27</v>
+      </c>
+      <c r="D227" t="s">
+        <v>764</v>
+      </c>
+      <c r="E227" t="s">
+        <v>765</v>
+      </c>
+      <c r="F227" t="s">
+        <v>93</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H227" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>771</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>32</v>
+      </c>
+      <c r="D228" t="s">
+        <v>764</v>
+      </c>
+      <c r="E228" t="s">
+        <v>765</v>
+      </c>
+      <c r="F228" t="s">
+        <v>358</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H228" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>774</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>35</v>
+      </c>
+      <c r="D229" t="s">
+        <v>764</v>
+      </c>
+      <c r="E229" t="s">
+        <v>765</v>
+      </c>
+      <c r="F229" t="s">
+        <v>105</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H229" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>777</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>297</v>
+      </c>
+      <c r="D230" t="s">
+        <v>764</v>
+      </c>
+      <c r="E230" t="s">
+        <v>765</v>
+      </c>
+      <c r="F230" t="s">
+        <v>105</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H230" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>780</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>39</v>
+      </c>
+      <c r="D231" t="s">
+        <v>764</v>
+      </c>
+      <c r="E231" t="s">
+        <v>765</v>
+      </c>
+      <c r="F231" t="s">
+        <v>329</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H231" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>783</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>48</v>
+      </c>
+      <c r="D232" t="s">
+        <v>764</v>
+      </c>
+      <c r="E232" t="s">
+        <v>765</v>
+      </c>
+      <c r="F232" t="s">
+        <v>358</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H232" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>786</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>319</v>
+      </c>
+      <c r="D233" t="s">
+        <v>764</v>
+      </c>
+      <c r="E233" t="s">
+        <v>765</v>
+      </c>
+      <c r="F233" t="s">
+        <v>329</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H233" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>789</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>322</v>
+      </c>
+      <c r="D234" t="s">
+        <v>764</v>
+      </c>
+      <c r="E234" t="s">
+        <v>765</v>
+      </c>
+      <c r="F234" t="s">
+        <v>93</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H234" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>792</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>328</v>
+      </c>
+      <c r="D235" t="s">
+        <v>764</v>
+      </c>
+      <c r="E235" t="s">
+        <v>765</v>
+      </c>
+      <c r="F235" t="s">
+        <v>55</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H235" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>794</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>332</v>
+      </c>
+      <c r="D236" t="s">
+        <v>764</v>
+      </c>
+      <c r="E236" t="s">
+        <v>765</v>
+      </c>
+      <c r="F236" t="s">
+        <v>93</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H236" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>796</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>335</v>
+      </c>
+      <c r="D237" t="s">
+        <v>764</v>
+      </c>
+      <c r="E237" t="s">
+        <v>765</v>
+      </c>
+      <c r="F237" t="s">
+        <v>105</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H237" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>799</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>338</v>
+      </c>
+      <c r="D238" t="s">
+        <v>764</v>
+      </c>
+      <c r="E238" t="s">
+        <v>765</v>
+      </c>
+      <c r="F238" t="s">
+        <v>93</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H238" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>802</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>341</v>
+      </c>
+      <c r="D239" t="s">
+        <v>764</v>
+      </c>
+      <c r="E239" t="s">
+        <v>765</v>
+      </c>
+      <c r="F239" t="s">
+        <v>666</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H239" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>804</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>344</v>
+      </c>
+      <c r="D240" t="s">
+        <v>764</v>
+      </c>
+      <c r="E240" t="s">
+        <v>765</v>
+      </c>
+      <c r="F240" t="s">
+        <v>55</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H240" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>807</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>347</v>
+      </c>
+      <c r="D241" t="s">
+        <v>764</v>
+      </c>
+      <c r="E241" t="s">
+        <v>765</v>
+      </c>
+      <c r="F241" t="s">
+        <v>105</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H241" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>810</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>350</v>
+      </c>
+      <c r="D242" t="s">
+        <v>764</v>
+      </c>
+      <c r="E242" t="s">
+        <v>765</v>
+      </c>
+      <c r="F242" t="s">
+        <v>354</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H242" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>813</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>353</v>
+      </c>
+      <c r="D243" t="s">
+        <v>764</v>
+      </c>
+      <c r="E243" t="s">
+        <v>765</v>
+      </c>
+      <c r="F243" t="s">
+        <v>666</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H243" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>816</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>357</v>
+      </c>
+      <c r="D244" t="s">
+        <v>764</v>
+      </c>
+      <c r="E244" t="s">
+        <v>765</v>
+      </c>
+      <c r="F244" t="s">
+        <v>329</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="H244" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>819</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>361</v>
+      </c>
+      <c r="D245" t="s">
+        <v>764</v>
+      </c>
+      <c r="E245" t="s">
+        <v>765</v>
+      </c>
+      <c r="F245" t="s">
+        <v>666</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H245" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>822</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>364</v>
+      </c>
+      <c r="D246" t="s">
+        <v>764</v>
+      </c>
+      <c r="E246" t="s">
+        <v>765</v>
+      </c>
+      <c r="F246" t="s">
+        <v>329</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H246" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>825</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>367</v>
+      </c>
+      <c r="D247" t="s">
+        <v>764</v>
+      </c>
+      <c r="E247" t="s">
+        <v>765</v>
+      </c>
+      <c r="F247" t="s">
+        <v>28</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H247" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>828</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>373</v>
+      </c>
+      <c r="D248" t="s">
+        <v>764</v>
+      </c>
+      <c r="E248" t="s">
+        <v>765</v>
+      </c>
+      <c r="F248" t="s">
+        <v>55</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H248" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>831</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>377</v>
+      </c>
+      <c r="D249" t="s">
+        <v>764</v>
+      </c>
+      <c r="E249" t="s">
+        <v>765</v>
+      </c>
+      <c r="F249" t="s">
+        <v>55</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H249" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>834</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>275</v>
+      </c>
+      <c r="D250" t="s">
+        <v>764</v>
+      </c>
+      <c r="E250" t="s">
+        <v>765</v>
+      </c>
+      <c r="F250" t="s">
+        <v>93</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H250" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>837</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>387</v>
+      </c>
+      <c r="D251" t="s">
+        <v>764</v>
+      </c>
+      <c r="E251" t="s">
+        <v>765</v>
+      </c>
+      <c r="F251" t="s">
+        <v>93</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H251" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>840</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>390</v>
+      </c>
+      <c r="D252" t="s">
+        <v>764</v>
+      </c>
+      <c r="E252" t="s">
+        <v>765</v>
+      </c>
+      <c r="F252" t="s">
+        <v>105</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H252" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>843</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>396</v>
+      </c>
+      <c r="D253" t="s">
+        <v>764</v>
+      </c>
+      <c r="E253" t="s">
+        <v>765</v>
+      </c>
+      <c r="F253" t="s">
+        <v>105</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H253" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>846</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>399</v>
+      </c>
+      <c r="D254" t="s">
+        <v>764</v>
+      </c>
+      <c r="E254" t="s">
+        <v>765</v>
+      </c>
+      <c r="F254" t="s">
+        <v>666</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H254" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>849</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>408</v>
+      </c>
+      <c r="D255" t="s">
+        <v>764</v>
+      </c>
+      <c r="E255" t="s">
+        <v>765</v>
+      </c>
+      <c r="F255" t="s">
+        <v>381</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H255" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>852</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>414</v>
+      </c>
+      <c r="D256" t="s">
+        <v>764</v>
+      </c>
+      <c r="E256" t="s">
+        <v>765</v>
+      </c>
+      <c r="F256" t="s">
+        <v>28</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H256" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>855</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>417</v>
+      </c>
+      <c r="D257" t="s">
+        <v>764</v>
+      </c>
+      <c r="E257" t="s">
+        <v>765</v>
+      </c>
+      <c r="F257" t="s">
+        <v>28</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="H257" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>858</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>420</v>
+      </c>
+      <c r="D258" t="s">
+        <v>764</v>
+      </c>
+      <c r="E258" t="s">
+        <v>765</v>
+      </c>
+      <c r="F258" t="s">
+        <v>666</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H258" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>861</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>425</v>
+      </c>
+      <c r="D259" t="s">
+        <v>764</v>
+      </c>
+      <c r="E259" t="s">
+        <v>765</v>
+      </c>
+      <c r="F259" t="s">
+        <v>105</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H259" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>864</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>431</v>
+      </c>
+      <c r="D260" t="s">
+        <v>764</v>
+      </c>
+      <c r="E260" t="s">
+        <v>765</v>
+      </c>
+      <c r="F260" t="s">
+        <v>666</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H260" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>867</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>434</v>
+      </c>
+      <c r="D261" t="s">
+        <v>764</v>
+      </c>
+      <c r="E261" t="s">
+        <v>765</v>
+      </c>
+      <c r="F261" t="s">
+        <v>381</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H261" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>870</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>440</v>
+      </c>
+      <c r="D262" t="s">
+        <v>764</v>
+      </c>
+      <c r="E262" t="s">
+        <v>765</v>
+      </c>
+      <c r="F262" t="s">
+        <v>105</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H262" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>873</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>124</v>
+      </c>
+      <c r="D263" t="s">
+        <v>764</v>
+      </c>
+      <c r="E263" t="s">
+        <v>765</v>
+      </c>
+      <c r="F263" t="s">
+        <v>28</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H263" t="s">
+        <v>875</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8783,50 +10119,88 @@
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>